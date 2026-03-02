--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>KIMOZO (témozolomide)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/08/2025 10:59:00</t>
+    <t>07/10/2025 17:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3329606/fr/kimozo-temozolomide</t>
   </si>
   <si>
     <t>p_3329606</t>
   </si>
   <si>
     <t>témozolomide</t>
   </si>
   <si>
     <t>ORPHELIA PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3329593/fr/kimozo-temozolomide-neuroblastome-chez-l-enfant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3448072/fr/kimozo-temozolomide-neuroblastome-chez-l-enfant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536194/fr/kimozo-temozolomide-neuroblastome-chez-l-enfant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639889/fr/kimozo-temozolomide-neuroblastome-chez-l-enfant</t>
   </si>