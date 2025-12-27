--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>OTO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/06/2025 00:00:00</t>
+    <t>03/06/2025 08:50:02</t>
   </si>
   <si>
     <t>18/06/2025 16:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609400/fr/oto</t>
   </si>
   <si>
     <t>p_3609400</t>
   </si>
   <si>
     <t>Thérapie numérique de l’intolérance aux acouphènes</t>
   </si>
   <si>
     <t>OTO HEALTH LTD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>