--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -101,51 +101,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3415200/fr/cairflow-pm100a-evo</t>
   </si>
   <si>
     <t>p_3415200</t>
   </si>
   <si>
     <t>Surmatelas à air motorisé à pression alternée  avec compresseur associé</t>
   </si>
   <si>
     <t>CAIRFLOW PM100A EVO DIGITAL</t>
   </si>
   <si>
     <t>22/11/2022 00:00:00</t>
   </si>
   <si>
     <t>28/11/2022 15:43:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390877/fr/cairflow-pm100a-evo-digital</t>
   </si>
   <si>
     <t>p_3390877</t>
   </si>
   <si>
-    <t>16/06/2020 00:00:00</t>
+    <t>16/06/2020 00:50:34</t>
   </si>
   <si>
     <t>16/07/2020 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3193759/fr/cairflow-pm100a-evo-digital</t>
   </si>
   <si>
     <t>p_3193759</t>
   </si>
   <si>
     <t>Surmatelas à air motorisé à pression alternée avec compresseur associé</t>
   </si>
   <si>
     <t>COUSSIN PHARMAFORM ISKIO BI MATIERE</t>
   </si>
   <si>
     <t>14/01/2020 00:00:00</t>
   </si>
   <si>
     <t>27/01/2020 13:58:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3147428/fr/coussin-pharmaform-iskio-bi-matiere</t>
   </si>