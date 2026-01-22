--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>THALIDOMIDE (thalidomide)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>23/04/2020 12:01:37</t>
+    <t>23/04/2020 12:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985295/fr/thalidomide-thalidomide</t>
   </si>
   <si>
     <t>pprd_2985295</t>
   </si>
   <si>
     <t>thalidomide</t>
   </si>
   <si>
     <t>PHARMION / CELGENE / ACCORD HEALTHCARE FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_684162/fr/thalidomide-pharmion-thalidomide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_923682/fr/thalidomide-celgene-thalidomide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3120569/fr/thalidomide-celgene-thalidomide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3180078/fr/thalidomide-accord-thalidomide</t>
   </si>