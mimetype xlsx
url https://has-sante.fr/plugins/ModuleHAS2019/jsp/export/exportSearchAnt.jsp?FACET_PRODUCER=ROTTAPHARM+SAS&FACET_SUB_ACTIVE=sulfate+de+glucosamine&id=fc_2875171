--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -53,51 +53,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>GO-ON</t>
   </si>
   <si>
     <t>Acide hyaluronique pour injection intra-articulaire</t>
   </si>
   <si>
-    <t>02/06/2015 00:00:00</t>
+    <t>02/06/2012 11:09:43</t>
   </si>
   <si>
     <t>08/06/2015 18:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2037487/fr/go-on</t>
   </si>
   <si>
     <t>c_2037487</t>
   </si>
   <si>
     <t>ROTTAPHARM SAS</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>