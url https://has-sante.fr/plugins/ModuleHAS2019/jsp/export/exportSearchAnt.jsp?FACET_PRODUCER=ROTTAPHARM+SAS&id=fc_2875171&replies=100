--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -96,77 +96,50 @@
     <t>GO-ON - CEPP du 21 juillet 2009 (2205)</t>
   </si>
   <si>
     <t>Solution d’acide hyaluronique pour injection intra-articulaire</t>
   </si>
   <si>
     <t>21/07/2009 00:00:00</t>
   </si>
   <si>
     <t>15/10/2009 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_864520/fr/go-on-cepp-du-21-juillet-2009-2205</t>
   </si>
   <si>
     <t>c_864520</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2040742/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>ZYMADUO (cholécalciférol/ fluorure de sodium)</t>
   </si>
   <si>
     <t>05/01/2015 16:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984630/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984630</t>
   </si>
   <si>
     <t>cholécalciférol,fluorure de sodium</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400888/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_971038/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2003869/fr/zymaduo-cholecalciferol/-fluorure-de-sodium</t>
   </si>
@@ -355,51 +328,51 @@
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
         <v>20</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -436,170 +409,126 @@
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>30</v>
       </c>
       <c r="H2" t="s">
         <v>31</v>
       </c>
       <c r="I2" t="s">
         <v>32</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>33</v>
       </c>
       <c r="L2" t="s">
         <v>34</v>
       </c>
       <c r="M2" t="s">
         <v>35</v>
       </c>
-      <c r="N2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>27</v>
       </c>
       <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
         <v>37</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
         <v>38</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>39</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
+        <v>41</v>
+      </c>
+      <c r="L3" t="s">
         <v>42</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>27</v>
       </c>
       <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
         <v>45</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
         <v>46</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>47</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" t="s">
         <v>50</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>51</v>
-      </c>
-[...42 lines deleted...]
-        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>