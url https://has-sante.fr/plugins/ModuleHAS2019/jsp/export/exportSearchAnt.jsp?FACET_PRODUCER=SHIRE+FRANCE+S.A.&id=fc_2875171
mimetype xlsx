--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="96">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -213,77 +213,50 @@
     <t>https://www.has-sante.fr/jcms/c_2869234/fr/firazyr-icatibant-acetate-d</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2873704/fr/firazyr-icatibant</t>
   </si>
   <si>
     <t>CINRYZE (inhibiteur de la C1 estérase humaine)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983102/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
   </si>
   <si>
     <t>pprd_2983102</t>
   </si>
   <si>
     <t>inhibiteur de la C1 estérase humaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1264432/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2814681/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine-antifibrinolytique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2873701/fr/cinryze-inhibiteur-de-la-c1-esterase-humaine</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2863565/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
   </si>
   <si>
     <t>ONCASPAR (pégaspargase)</t>
   </si>
   <si>
     <t>04/05/2018 14:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983298/fr/oncaspar-pegaspargase</t>
   </si>
   <si>
     <t>pprd_2983298</t>
   </si>
   <si>
     <t>pégaspargase</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2656388/fr/oncaspar-pegaspargase-issue-d-e-coli-antineoplasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2848087/fr/oncaspar-pegaspargase</t>
   </si>
   <si>
     <t>INTUNIV (guanfacine)</t>
   </si>
@@ -455,51 +428,51 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:N11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -773,205 +746,161 @@
       </c>
       <c r="E8" t="s">
         <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>69</v>
       </c>
       <c r="H8" t="s">
         <v>70</v>
       </c>
       <c r="I8" t="s">
         <v>71</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
         <v>72</v>
       </c>
       <c r="L8" t="s">
         <v>73</v>
       </c>
-      <c r="M8" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>76</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>77</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>78</v>
       </c>
-      <c r="H9" t="s">
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>82</v>
+      </c>
+      <c r="H10" t="s">
         <v>83</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>84</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" t="s">
         <v>85</v>
       </c>
-      <c r="H10" t="s">
+      <c r="L10" t="s">
         <v>86</v>
       </c>
-      <c r="I10" t="s">
+      <c r="M10" t="s">
         <v>87</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>89</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
         <v>90</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>91</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>92</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
+        <v>18</v>
+      </c>
+      <c r="K11" t="s">
         <v>93</v>
       </c>
-      <c r="J11" t="s">
-[...2 lines deleted...]
-      <c r="K11" t="s">
+      <c r="L11" t="s">
         <v>94</v>
       </c>
-      <c r="L11" t="s">
+      <c r="M11" t="s">
         <v>95</v>
-      </c>
-[...42 lines deleted...]
-        <v>104</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>