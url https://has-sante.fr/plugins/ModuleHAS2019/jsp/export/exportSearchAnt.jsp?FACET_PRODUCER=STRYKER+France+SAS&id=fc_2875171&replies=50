--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -341,51 +341,51 @@
   <si>
     <t>Système METS AGLUNA</t>
   </si>
   <si>
     <t>20/10/2020 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225419/fr/systeme-mets-agluna</t>
   </si>
   <si>
     <t>p_3225419</t>
   </si>
   <si>
     <t>Prothèse modulaire de reconstruction fémorale et tibiale avec traitement à l’argent ionique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225428/fr/trident-x3</t>
   </si>
   <si>
     <t>p_3225428</t>
   </si>
   <si>
     <t>TREVO NXT PROVUE</t>
   </si>
   <si>
-    <t>14/12/2020 08:20:18</t>
+    <t>14/12/2020 08:20:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3223303/fr/trevo-nxt-provue</t>
   </si>
   <si>
     <t>p_3223303</t>
   </si>
   <si>
     <t>Stent retriever</t>
   </si>
   <si>
     <t>28/09/2020 16:13:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3203476/fr/spinejack</t>
   </si>
   <si>
     <t>p_3203476</t>
   </si>
   <si>
     <t>Système de distraction pour réduction de fractures vertébrales</t>
   </si>
   <si>
     <t>AIR+</t>
   </si>