--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -53,51 +53,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>DEFLUX</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/03/2023 00:00:00</t>
+    <t>03/04/2018 00:00:00</t>
   </si>
   <si>
     <t>23/05/2018 14:35:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2845373/fr/deflux</t>
   </si>
   <si>
     <t>c_2845373</t>
   </si>
   <si>
     <t>Implant urétéral de copolymère</t>
   </si>
   <si>
     <t>SWEDISH ORPHAN BIOVITRUM</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>