--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="113">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -87,50 +87,68 @@
     <t>p_3267490</t>
   </si>
   <si>
     <t>Solution stérile pour usage ophtalmique</t>
   </si>
   <si>
     <t>THEA PHARMA</t>
   </si>
   <si>
     <t>THEALOSE UD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3267502/fr/thealose-ud</t>
   </si>
   <si>
     <t>p_3267502</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
+  </si>
+  <si>
+    <t>VEVIZYE (ciclosporine)</t>
+  </si>
+  <si>
+    <t>29/12/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806686/fr/vevizye-ciclosporine</t>
+  </si>
+  <si>
+    <t>p_3806686</t>
+  </si>
+  <si>
+    <t>ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806397/fr/vevizye-ciclosporine-keratoconjonctivite-seche</t>
   </si>
   <si>
     <t>VITABACT (picloxydine (dichlorhydrate de))</t>
   </si>
   <si>
     <t>14/09/2023 14:45:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983827/fr/vitabact-picloxydine-dichlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983827</t>
   </si>
   <si>
     <t>picloxydine (dichlorhydrate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399898/fr/vitabact-picloxydine-dichlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_456655/fr/vitabact-picloxydine-dichlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1244168/fr/vitabact-picloxydine-dichlorhydrate-de</t>
   </si>
@@ -493,51 +511,51 @@
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>17</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O11"/>
+  <dimension ref="A1:O12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -568,428 +586,463 @@
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
       <c r="H2" t="s">
         <v>28</v>
       </c>
       <c r="I2" t="s">
         <v>29</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>30</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+      <c r="I3" t="s">
         <v>35</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" t="s">
         <v>36</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="L3" t="s">
         <v>37</v>
       </c>
-      <c r="H3" t="s">
+      <c r="M3" t="s">
         <v>38</v>
       </c>
-      <c r="I3" t="s">
+      <c r="N3" t="s">
         <v>39</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>24</v>
       </c>
       <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>42</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>43</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>44</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>45</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K4" t="s">
         <v>46</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>49</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>50</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>51</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>52</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5" t="s">
         <v>53</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>24</v>
       </c>
       <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>57</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>58</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>59</v>
       </c>
-      <c r="H6" t="s">
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
         <v>60</v>
       </c>
-      <c r="I6" t="s">
+      <c r="L6" t="s">
         <v>61</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="M6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>24</v>
       </c>
       <c r="B7" t="s">
         <v>63</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="L7" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>24</v>
       </c>
       <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>64</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
         <v>71</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>72</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="J8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K8" t="s">
         <v>73</v>
       </c>
-      <c r="H8" t="s">
+      <c r="L8" t="s">
         <v>74</v>
       </c>
-      <c r="I8" t="s">
+      <c r="M8" t="s">
         <v>75</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="N8" t="s">
         <v>76</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>24</v>
       </c>
       <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" t="s">
         <v>80</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>81</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
         <v>82</v>
       </c>
-      <c r="H9" t="s">
+      <c r="L9" t="s">
         <v>83</v>
       </c>
-      <c r="I9" t="s">
+      <c r="M9" t="s">
         <v>84</v>
       </c>
-      <c r="J9" t="s">
-[...2 lines deleted...]
-      <c r="K9" t="s">
+      <c r="N9" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>87</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>88</v>
+      </c>
+      <c r="H10" t="s">
         <v>89</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="I10" t="s">
         <v>90</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" t="s">
         <v>91</v>
       </c>
-      <c r="H10" t="s">
+      <c r="L10" t="s">
         <v>92</v>
       </c>
-      <c r="I10" t="s">
+      <c r="M10" t="s">
         <v>93</v>
       </c>
-      <c r="J10" t="s">
-[...2 lines deleted...]
-      <c r="K10" t="s">
+      <c r="N10" t="s">
         <v>94</v>
-      </c>
-[...7 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>96</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H11" t="s">
         <v>98</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>99</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="J11" t="s">
+        <v>18</v>
+      </c>
+      <c r="K11" t="s">
         <v>100</v>
       </c>
-      <c r="H11" t="s">
+      <c r="L11" t="s">
         <v>101</v>
       </c>
-      <c r="I11" t="s">
+      <c r="M11" t="s">
         <v>102</v>
       </c>
-      <c r="J11" t="s">
-[...2 lines deleted...]
-      <c r="K11" t="s">
+      <c r="N11" t="s">
         <v>103</v>
       </c>
-      <c r="L11" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" t="s">
         <v>104</v>
       </c>
-      <c r="M11" t="s">
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>105</v>
       </c>
-      <c r="N11" t="s">
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
         <v>106</v>
+      </c>
+      <c r="H12" t="s">
+        <v>107</v>
+      </c>
+      <c r="I12" t="s">
+        <v>108</v>
+      </c>
+      <c r="J12" t="s">
+        <v>18</v>
+      </c>
+      <c r="K12" t="s">
+        <v>109</v>
+      </c>
+      <c r="L12" t="s">
+        <v>110</v>
+      </c>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>