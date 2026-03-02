--- v0 (2025-10-05)
+++ v1 (2026-03-02)
@@ -9,107 +9,248 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="89">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>ESTREVA - FEMSEPT - FEMSEPTEVO - FEMSEPTCOMBI  (estradiol hémihydraté/lévonorgestrel)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>14/10/2025 15:11:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983866/fr/estreva-femsept-femseptevo-femseptcombi-estradiol-hemihydrate/levonorgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2983866</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté,lévonorgestrel</t>
+  </si>
+  <si>
+    <t>THERAMEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398935/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544868/fr/femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046823/fr/femsept-femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682480/fr/femsept-femseptevo-femseptcombi-estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753187/fr/estreva-femsept-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544976/fr/estreva-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399376/fr/estreva-0-1-gel-transdermique-flacon-tube-de-50-g-100-doses-avec-pompe-doseuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753135/fr/femseptcombi-femseptevo-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544855/fr/femseptcombi-estradiol-hemihydrate/-levonorgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398934/fr/femseptcombi-50-g/-10-g/-24-heures-dispositif-transdermique-en-sachet-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400304/fr/femseptevo-50-microgrammes-/-7-microgrammes-/-24-heures-dispositif-transdermique-4-sachets-code-cip-367-594-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
+  </si>
+  <si>
+    <t>DUPHASTON (dydrogestérone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984207/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984207</t>
+  </si>
+  <si>
+    <t>dydrogestérone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748315/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753190/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610152/fr/duphaston-dydrogesterone</t>
+  </si>
+  <si>
+    <t>OESCLIM - OROMONE (estradiol hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984292/fr/oesclim-oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984292</t>
+  </si>
+  <si>
+    <t>estradiol hémihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398948/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544874/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046772/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753177/fr/oesclim-oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580477/fr/oesclim-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834956/fr/oromone-estradiol-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400076/fr/oromone-2-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>CLIMASTON (dydrogestérone/estradiol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984293/fr/climaston-dydrogesterone/estradiol</t>
+  </si>
+  <si>
+    <t>pprd_2984293</t>
+  </si>
+  <si>
+    <t>dydrogestérone,estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398873/fr/climaston-2-mg-/-10-mg-comprime-pellicule-boite-de-28-climaston-1-mg-/-10-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398872/fr/climaston-1-mg/-5-mg-comprime-pellicule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400300/fr/climaston-1-mg/10-mg-climaston-1-mg/5-mg-climaston-2-mg/10-mg-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_544838/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048927/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752094/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753193/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580474/fr/climaston-dydrogesterone/-estradiol</t>
+  </si>
+  <si>
     <t>ELADYNOS (abaloparatide)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>09/01/2025 09:26:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576770/fr/eladynos-abaloparatide</t>
   </si>
   <si>
     <t>p_3576770</t>
   </si>
   <si>
     <t>abaloparatide</t>
-  </si>
-[...1 lines deleted...]
-    <t>THERAMEX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574250/fr/eladynos-abaloparatide-osteoporose</t>
   </si>
   <si>
     <t>YSELTY (linzagolix)</t>
   </si>
   <si>
     <t>25/01/2024 08:43:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490952/fr/yselty-linzagolix</t>
   </si>
   <si>
     <t>p_3490952</t>
   </si>
   <si>
     <t>linzagolix</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490827/fr/yselty-linzagolix-choline-fibromes-uterins</t>
   </si>
   <si>
     <t>ERYNJA (diénogest)</t>
   </si>
@@ -185,51 +326,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O5"/>
+  <dimension ref="A1:V9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -260,161 +401,385 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
+      <c r="L2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M2" t="s">
+        <v>21</v>
+      </c>
+      <c r="N2" t="s">
+        <v>22</v>
+      </c>
+      <c r="O2" t="s">
+        <v>23</v>
+      </c>
+      <c r="P2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>25</v>
+      </c>
+      <c r="R2" t="s">
+        <v>26</v>
+      </c>
+      <c r="S2" t="s">
+        <v>27</v>
+      </c>
+      <c r="T2" t="s">
+        <v>28</v>
+      </c>
+      <c r="U2" t="s">
+        <v>29</v>
+      </c>
+      <c r="V2" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>25</v>
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="I4" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>31</v>
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>45</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>48</v>
+      </c>
+      <c r="R4" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="I5" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="L5" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="O5" t="s">
-        <v>41</v>
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>59</v>
+      </c>
+      <c r="R5" t="s">
+        <v>60</v>
+      </c>
+      <c r="S5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" t="s">
+        <v>65</v>
+      </c>
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7" t="s">
+        <v>70</v>
+      </c>
+      <c r="I7" t="s">
+        <v>71</v>
+      </c>
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>74</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8" t="s">
+        <v>76</v>
+      </c>
+      <c r="I8" t="s">
+        <v>77</v>
+      </c>
+      <c r="J8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>80</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9" t="s">
+        <v>82</v>
+      </c>
+      <c r="I9" t="s">
+        <v>83</v>
+      </c>
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
+        <v>84</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>87</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>