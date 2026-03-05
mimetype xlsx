--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -9,116 +9,119 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>DIFICLIR (fidaxomicine)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/03/2024 09:04:44</t>
+    <t>05/03/2026 16:47:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984973/fr/dificlir-fidaxomicine</t>
   </si>
   <si>
     <t>pprd_2984973</t>
   </si>
   <si>
     <t>fidaxomicine</t>
   </si>
   <si>
     <t>TILLOTTS PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1332053/fr/dificlir-fidaxomicine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214276/fr/dificlir-fidaxomicine-fidaxomicine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3498127/fr/dificlir-fidaxomicine-infection-a-clostridium-difficile</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3888020/fr/dificlir-fidaxomicine-infection-a-clostridium-difficile</t>
   </si>
   <si>
     <t>FIVASA (mésalazine)</t>
   </si>
   <si>
     <t>06/10/2021 17:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984541/fr/fivasa-mesalazine</t>
   </si>
   <si>
     <t>pprd_2984541</t>
   </si>
   <si>
     <t>mésalazine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399221/fr/fivasa-500-mg-suppositoires-boite-de-20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399492/fr/fivasa-800-mg-mesalazine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400307/fr/fivasa-400-mg-comprime-enrobe-gastro-resistant-boite-de-100-code-cip-347-861-8</t>
   </si>
@@ -260,132 +263,135 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
+      <c r="N2" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="O3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="P3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="Q3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>