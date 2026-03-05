--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>29/05/2008 17:37:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>