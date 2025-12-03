--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/29/2008 17:37:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>