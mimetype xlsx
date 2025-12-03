--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -9,95 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/29/2008 17:37:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +125,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +183,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>