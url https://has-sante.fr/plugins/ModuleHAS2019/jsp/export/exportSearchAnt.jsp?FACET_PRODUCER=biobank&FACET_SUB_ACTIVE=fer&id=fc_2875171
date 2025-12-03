--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -35,81 +35,81 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>12/21/2018 11:51:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’estomac</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’estomac jugé à faible risque d’envahissement ganglionnaire, en comparaison à la gastrectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 11:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2853383/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-estomac</t>
   </si>
   <si>
     <t>c_2853383</t>
   </si>
   <si>
-    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’œsophage</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’œsophage jugé à faible risque d’envahissement ganglionnaire, en comparaison à l’œsophagectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-oesophage</t>
   </si>
   <si>
     <t>c_2853386</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>