--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,167 +9,128 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Assessment of ethical aspects</t>
+  </si>
+  <si>
+    <t>As part of its “Strategic Plan 2009-2011”, HAS undertook to establish the conditions under which it proposes to analyse ethical aspects in its assessments, and the method to be used. The aim of this work is to establish formal processes to ensure uniformity across the reports HAS produces when they include an assessment of ethical aspects, and to make it easier for its conclusions to be adopted by providing the stakeholders who are their intended audience with keys to understanding the approach used.</t>
+  </si>
+  <si>
+    <t>04/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>05/17/2013 11:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/12/2022 17:27:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1525743/fr/l-evaluation-des-aspects-ethiques-a-la-haute-autorite-de-sante</t>
+    <t>https://www.has-sante.fr/jcms/c_1525743/en/assessment-of-ethical-aspects</t>
   </si>
   <si>
     <t>c_1525743</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853383/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-estomac</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Treatment of superficial stomach cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of superficial stomach cancer presenting a low risk of node involvement, by comparison to surgery (gastrectomy) and mucosectomy (or endoscopic mucosal resection, EMR) , in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
   </si>
   <si>
     <t>c_2853383</t>
   </si>
   <si>
-    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’œsophage</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853386/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-oesophage</t>
+    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) for the treatment of superficial oesophageal cancer presenting a low risk of node involvement, by comparison to surgery (oesophagectomy) and mucosectomy (or endoscopic mucosal resection, EMR), in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
   </si>
   <si>
     <t>c_2853386</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -179,205 +140,153 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...59 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>