--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...2 lines deleted...]
-    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>10/07/2024 00:00:00</t>
-[...2 lines deleted...]
-    <t>10/07/2024 16:07:00</t>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>