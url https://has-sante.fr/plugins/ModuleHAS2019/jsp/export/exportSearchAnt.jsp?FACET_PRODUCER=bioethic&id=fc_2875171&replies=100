--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -9,203 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>28/01/2025 17:59:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
   </si>
   <si>
     <t>p_3451353</t>
-  </si>
-[...34 lines deleted...]
-    <t>c_1028305</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -219,121 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...76 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>