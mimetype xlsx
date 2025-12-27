--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -9,149 +9,203 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France - Volet : Analyse des possibilités de développement de la transplantation rénale en France</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’examiner les possibilités de développement de la transplantation rénale en France en tenant compte notamment des aspects organisationnels, économiques et éthiques.</t>
+  </si>
+  <si>
+    <t>28/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
+  </si>
+  <si>
+    <t>c_1291640</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +219,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>