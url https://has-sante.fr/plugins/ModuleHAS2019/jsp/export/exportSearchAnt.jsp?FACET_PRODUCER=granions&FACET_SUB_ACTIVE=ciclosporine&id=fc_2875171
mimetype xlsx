--- v0 (2025-12-02)
+++ v1 (2026-03-05)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/05/2024 00:00:00</t>
+    <t>02/05/2025 12:28:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>