--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,134 +9,224 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -146,51 +236,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -241,58 +331,188 @@
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>