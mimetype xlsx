--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,328 +9,1090 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="131">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Définition des critères de réalisation des interventions de chirurgie bariatrique chez les moins de 18 ans</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo précise les critères d’éligibilité pour une chirurgie bariatrique chez les moins de 18 ans, l’information du patient, les modalités de prise en charge, incluant 2 réunions de concertation pluriprofessionnel, les techniques chirurgicales et le suivi.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2016 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010309/fr/definition-des-criteres-de-realisation-des-interventions-de-chirurgie-bariatrique-chez-les-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_2010309</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>31</v>
       </c>
-      <c r="H5" t="s">
+      <c r="C6" t="s">
         <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>57</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>72</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>73</v>
+      </c>
+      <c r="H13" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>78</v>
+      </c>
+      <c r="H14" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" t="s">
+        <v>87</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>95</v>
+      </c>
+      <c r="H17" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" t="s">
+        <v>99</v>
+      </c>
+      <c r="E18" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>101</v>
+      </c>
+      <c r="H18" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" t="s">
+        <v>105</v>
+      </c>
+      <c r="E19" t="s">
+        <v>106</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H19" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
+        <v>110</v>
+      </c>
+      <c r="D20" t="s">
+        <v>111</v>
+      </c>
+      <c r="E20" t="s">
+        <v>112</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>113</v>
+      </c>
+      <c r="H20" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" t="s">
+        <v>117</v>
+      </c>
+      <c r="E21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>119</v>
+      </c>
+      <c r="H21" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>122</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>123</v>
+      </c>
+      <c r="H22" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>125</v>
+      </c>
+      <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" t="s">
+        <v>127</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>128</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>129</v>
+      </c>
+      <c r="H23" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>