--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2000 00:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -104,101 +122,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
         <v>13</v>
       </c>
-      <c r="H2" t="s">
-        <v>14</v>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>