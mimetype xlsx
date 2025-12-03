--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,199 +9,287 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>