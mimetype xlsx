--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
   </si>
   <si>
     <t>p_3187041</t>
   </si>
@@ -140,51 +155,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -226,67 +241,93 @@
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>25</v>
       </c>
-      <c r="H4" t="s">
+      <c r="B5" t="s">
         <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>