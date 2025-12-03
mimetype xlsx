--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,201 +1,469 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="37">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 17 février 2021</t>
+  </si>
+  <si>
+    <t>10/02/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236885/fr/commission-de-la-transparence-reunion-a-distance-du-17-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3236885</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>