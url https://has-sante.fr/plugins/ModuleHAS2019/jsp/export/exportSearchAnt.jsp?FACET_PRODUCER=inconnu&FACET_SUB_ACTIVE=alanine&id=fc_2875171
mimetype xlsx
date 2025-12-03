--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,350 +9,173 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/12/2024 14:12:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
-[...110 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>28/09/2016 00:00:00</t>
+    <t>09/28/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -362,491 +185,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>36</v>
-[...24 lines deleted...]
-      <c r="H7" t="s">
         <v>41</v>
-      </c>
-[...258 lines deleted...]
-        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>