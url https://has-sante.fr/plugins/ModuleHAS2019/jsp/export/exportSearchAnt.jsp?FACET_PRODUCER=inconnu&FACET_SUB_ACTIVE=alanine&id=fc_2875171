--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -9,173 +9,365 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="106">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire oculopharyngée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire oculopharyngée. Il a été élaboré par le Centre de référence des maladies neuromusculaires Atlantique Occitanie Caraïbes (AOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374041/fr/dystrophie-musculaire-oculopharyngee</t>
+  </si>
+  <si>
+    <t>p_3374041</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage des personnes infectées par le  virus de l’hépatite C (VHC)</t>
+  </si>
+  <si>
+    <t>La HAS est d’avis que l’efficience de la stratégie universelle par rapport au dépistage ciblant les personnes les plus à risque d’exposition au VHC n’est pas démontrée; une intensification du dépistage de la population ciblée pourrait être envisagée pour augmenter le diagnostic des personnes infectées.</t>
+  </si>
+  <si>
+    <t>25/09/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886668/fr/evaluation-des-strategies-de-depistage-des-personnes-infectees-par-le-virus-de-l-hepatite-c-vhc</t>
+  </si>
+  <si>
+    <t>c_2886668</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
+  </si>
+  <si>
+    <t>11/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>09/28/2016 00:00:00</t>
+    <t>28/09/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -185,205 +377,517 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="B5" t="s">
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
         <v>38</v>
       </c>
-      <c r="E6" t="s">
+      <c r="C7" t="s">
         <v>39</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>40</v>
       </c>
-      <c r="H6" t="s">
+      <c r="H7" t="s">
         <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
+        <v>67</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>68</v>
+      </c>
+      <c r="H12" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" t="s">
+        <v>72</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H14" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>84</v>
+      </c>
+      <c r="E15" t="s">
+        <v>85</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>86</v>
+      </c>
+      <c r="H15" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>88</v>
+      </c>
+      <c r="B16" t="s">
+        <v>89</v>
+      </c>
+      <c r="C16" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" t="s">
+        <v>91</v>
+      </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>93</v>
+      </c>
+      <c r="H16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>88</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" t="s">
+        <v>96</v>
+      </c>
+      <c r="E17" t="s">
+        <v>97</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>98</v>
+      </c>
+      <c r="H17" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>88</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>104</v>
+      </c>
+      <c r="H18" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>