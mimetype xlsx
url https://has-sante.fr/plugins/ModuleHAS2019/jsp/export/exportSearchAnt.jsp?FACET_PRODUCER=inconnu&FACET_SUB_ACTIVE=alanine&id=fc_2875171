--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="100">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -255,68 +255,50 @@
     <t>18/09/2019 00:00:00</t>
   </si>
   <si>
     <t>08/10/2019 11:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
   </si>
   <si>
     <t>c_2911891</t>
   </si>
   <si>
     <t>Évaluation des stratégies de dépistage des personnes infectées par le  virus de l’hépatite C (VHC)</t>
   </si>
   <si>
     <t>La HAS est d’avis que l’efficience de la stratégie universelle par rapport au dépistage ciblant les personnes les plus à risque d’exposition au VHC n’est pas démontrée; une intensification du dépistage de la population ciblée pourrait être envisagée pour augmenter le diagnostic des personnes infectées.</t>
   </si>
   <si>
     <t>25/09/2019 14:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2886668/fr/evaluation-des-strategies-de-depistage-des-personnes-infectees-par-le-virus-de-l-hepatite-c-vhc</t>
   </si>
   <si>
     <t>c_2886668</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
   </si>
   <si>
     <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>29/07/2025 17:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3639045</t>
   </si>
   <si>
     <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
   </si>
@@ -377,51 +359,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -749,145 +731,119 @@
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
         <v>73</v>
       </c>
       <c r="E14" t="s">
         <v>79</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>80</v>
       </c>
       <c r="H14" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="B15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
+        <v>89</v>
+      </c>
+      <c r="D16" t="s">
         <v>90</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>91</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
         <v>92</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="B17" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>96</v>
       </c>
       <c r="E17" t="s">
         <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
         <v>98</v>
       </c>
       <c r="H17" t="s">
         <v>99</v>
-      </c>
-[...24 lines deleted...]
-        <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>