--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="188">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -432,50 +432,68 @@
     <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
     <t>Primary postpartum haemorrhage</t>
   </si>
   <si>
     <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
   </si>
   <si>
     <t>11/01/2004 00:00:00</t>
   </si>
   <si>
     <t>11/01/2004 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
     <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
   </si>
   <si>
     <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
   </si>
   <si>
     <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
   </si>
   <si>
     <t>11/10/2021 00:00:00</t>
   </si>
   <si>
     <t>11/22/2021 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
     <t>Pancreatic islet transplantation - INAHTA Brief</t>
   </si>
   <si>
     <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
   </si>
@@ -605,51 +623,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1373,61 +1391,87 @@
       </c>
       <c r="D29" t="s">
         <v>173</v>
       </c>
       <c r="E29" t="s">
         <v>174</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>175</v>
       </c>
       <c r="H29" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>140</v>
       </c>
       <c r="B30" t="s">
         <v>177</v>
       </c>
       <c r="C30" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D30" t="s">
+        <v>179</v>
+      </c>
+      <c r="E30" t="s">
+        <v>180</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>181</v>
+      </c>
+      <c r="H30" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>140</v>
+      </c>
+      <c r="B31" t="s">
+        <v>183</v>
+      </c>
+      <c r="C31" t="s">
         <v>178</v>
       </c>
-      <c r="E30" t="s">
-[...9 lines deleted...]
-        <v>181</v>
+      <c r="D31" t="s">
+        <v>184</v>
+      </c>
+      <c r="E31" t="s">
+        <v>185</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>186</v>
+      </c>
+      <c r="H31" t="s">
+        <v>187</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>