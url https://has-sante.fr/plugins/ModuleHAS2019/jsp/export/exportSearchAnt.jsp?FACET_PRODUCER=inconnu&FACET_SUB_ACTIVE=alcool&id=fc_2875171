--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="182">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -261,68 +261,50 @@
     <t>09/11/2013 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
   </si>
   <si>
     <t>c_1636956</t>
   </si>
   <si>
     <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
   </si>
   <si>
     <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>09/15/2004 00:00:00</t>
   </si>
   <si>
     <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
   </si>
   <si>
     <t>r_1497591</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>HIV infection screening in France - Laboratory tests and algorithms</t>
   </si>
   <si>
     <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
   </si>
   <si>
     <t>10/01/2008 00:00:00</t>
   </si>
   <si>
     <t>10/21/2008 10:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
     <t>Obesity surgery in adults</t>
   </si>
   <si>
     <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
   </si>
@@ -623,51 +605,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -969,138 +951,138 @@
       </c>
       <c r="B13" t="s">
         <v>78</v>
       </c>
       <c r="C13" t="s">
         <v>79</v>
       </c>
       <c r="D13" t="s">
         <v>80</v>
       </c>
       <c r="E13" t="s">
         <v>81</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>82</v>
       </c>
       <c r="H13" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>84</v>
       </c>
       <c r="C14" t="s">
         <v>85</v>
       </c>
       <c r="D14" t="s">
         <v>86</v>
       </c>
       <c r="E14" t="s">
         <v>87</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>88</v>
       </c>
       <c r="H14" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>90</v>
       </c>
       <c r="C15" t="s">
         <v>91</v>
       </c>
       <c r="D15" t="s">
         <v>92</v>
       </c>
       <c r="E15" t="s">
         <v>93</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>94</v>
       </c>
       <c r="H15" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>96</v>
       </c>
       <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>97</v>
       </c>
-      <c r="D16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>98</v>
       </c>
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>99</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C17" t="s">
+        <v>101</v>
+      </c>
+      <c r="D17" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>103</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>104</v>
       </c>
       <c r="H17" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
         <v>106</v>
       </c>
       <c r="C18" t="s">
         <v>107</v>
       </c>
       <c r="D18" t="s">
@@ -1111,367 +1093,341 @@
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>110</v>
       </c>
       <c r="H18" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
         <v>112</v>
       </c>
       <c r="C19" t="s">
         <v>113</v>
       </c>
       <c r="D19" t="s">
         <v>114</v>
       </c>
       <c r="E19" t="s">
+        <v>114</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>115</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
+        <v>117</v>
+      </c>
+      <c r="C20" t="s">
         <v>118</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>119</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
+        <v>119</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>120</v>
       </c>
-      <c r="E20" t="s">
-[...5 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
         <v>123</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E21" t="s">
         <v>125</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>126</v>
       </c>
       <c r="H21" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>128</v>
       </c>
       <c r="C22" t="s">
         <v>129</v>
       </c>
       <c r="D22" t="s">
         <v>130</v>
       </c>
       <c r="E22" t="s">
         <v>131</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>132</v>
       </c>
       <c r="H22" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="B23" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H23" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B24" t="s">
         <v>141</v>
       </c>
       <c r="C24" t="s">
         <v>142</v>
       </c>
       <c r="D24" t="s">
         <v>143</v>
       </c>
       <c r="E24" t="s">
         <v>144</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>145</v>
       </c>
       <c r="H24" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B25" t="s">
         <v>147</v>
       </c>
       <c r="C25" t="s">
         <v>148</v>
       </c>
       <c r="D25" t="s">
         <v>149</v>
       </c>
       <c r="E25" t="s">
         <v>150</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>151</v>
       </c>
       <c r="H25" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B26" t="s">
         <v>153</v>
       </c>
       <c r="C26" t="s">
         <v>154</v>
       </c>
       <c r="D26" t="s">
         <v>155</v>
       </c>
       <c r="E26" t="s">
         <v>156</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>157</v>
       </c>
       <c r="H26" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B27" t="s">
         <v>159</v>
       </c>
       <c r="C27" t="s">
         <v>160</v>
       </c>
       <c r="D27" t="s">
         <v>161</v>
       </c>
       <c r="E27" t="s">
         <v>162</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>163</v>
       </c>
       <c r="H27" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B28" t="s">
         <v>165</v>
       </c>
       <c r="C28" t="s">
         <v>166</v>
       </c>
       <c r="D28" t="s">
         <v>167</v>
       </c>
       <c r="E28" t="s">
         <v>168</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>169</v>
       </c>
       <c r="H28" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B29" t="s">
         <v>171</v>
       </c>
       <c r="C29" t="s">
         <v>172</v>
       </c>
       <c r="D29" t="s">
         <v>173</v>
       </c>
       <c r="E29" t="s">
         <v>174</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>175</v>
       </c>
       <c r="H29" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B30" t="s">
         <v>177</v>
       </c>
       <c r="C30" t="s">
+        <v>172</v>
+      </c>
+      <c r="D30" t="s">
         <v>178</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>179</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>180</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>181</v>
-      </c>
-[...27 lines deleted...]
-        <v>187</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>