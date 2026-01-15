--- v0 (2025-10-16)
+++ v1 (2026-01-15)
@@ -1,392 +1,1240 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="121">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...11 lines deleted...]
-    <t>05/13/2025 14:33:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CYPHER</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398584/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398584</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V (Hollande)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Vaccination contre le virus de l’hépatite B</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'apporter des réponses aux questions suivantes : # 1. Intérêt de santé publique de la vaccination contre le VHB# 2. Évaluation du rapport bénéfices/risques de la vaccination contre le VHB# 3. Populations cibles de la vaccination contre le VHB# 4. Modalités de mise en œuvre de la vaccination contre le VHB# Les recommandations du jury abordent les points suivants :# 1. Données d'incidence et de prévalence de l'infection par le VHB en France# 2. Efficacité de la vaccination contre le VHB# 3. Évaluation des effets secondaires potentiels de la vaccination contre le VHB# 4. Stratégies et actions (stratégies de vaccination et d'information)#</t>
+  </si>
+  <si>
+    <t>02/10/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/fr/vaccination-contre-le-virus-de-l-hepatite-b</t>
+  </si>
+  <si>
+    <t>c_272257</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CTV exceptionnelle - Réunion du 28 avril 2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 14:53:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685617/fr/ctv-exceptionnelle-reunion-du-28-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3685617</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>RSV infection vaccination recommendation for pregnant women</t>
-[...2 lines deleted...]
-    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>06/13/2024 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...59 lines deleted...]
-    <t>c_827591</t>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le vaccin VPC 20 est un vaccin pneumococcique conjugué dirigé contre 20 sérotypes pneumococciques. Il a reçu une AMM européenne le 14 février 2022 chez les personnes âgées de 18 ans et plus. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles sur ce nouveau vaccin afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoque dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin VPC 20 peut être intégré dans la stratégie vaccinale française pour la prévention des maladies invasives et des pneumonies à pneumocoque chez les personnes à risque âgées de 18 ans et plus. La HAS estime que les bénéfices supplémentaires conférés par l’ajout de sept sérotypes ainsi qu’une simplification du schéma vaccinal justifie l’utilisation préférentielle du vaccin VPC 20 seul en remplacement du schéma VPC 13 – VPP 23 actuellement en vigueur. La HAS ne recommande donc plus l’utilisation des vaccins VPC 13 et VPP 23 chez l’adulte.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2023 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457419/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3457419</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" t="s">
+        <v>49</v>
+      </c>
+      <c r="E4" t="s">
+        <v>50</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>51</v>
+      </c>
+      <c r="H4" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>42</v>
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D3" t="s">
+        <v>74</v>
+      </c>
+      <c r="E3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+      <c r="I2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E4" t="s">
+        <v>101</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>102</v>
+      </c>
+      <c r="H4" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" t="s">
+        <v>107</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>108</v>
+      </c>
+      <c r="H5" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>85</v>
+      </c>
+      <c r="B6" t="s">
+        <v>110</v>
+      </c>
+      <c r="C6" t="s">
+        <v>111</v>
+      </c>
+      <c r="D6" t="s">
+        <v>106</v>
+      </c>
+      <c r="E6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>113</v>
+      </c>
+      <c r="H6" t="s">
+        <v>114</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>