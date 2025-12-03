--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,203 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +219,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>