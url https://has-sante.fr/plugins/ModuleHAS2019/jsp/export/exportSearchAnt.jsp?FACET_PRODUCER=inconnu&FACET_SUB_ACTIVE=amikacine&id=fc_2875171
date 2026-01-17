--- v1 (2025-12-03)
+++ v2 (2026-01-17)
@@ -9,101 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
   </si>
   <si>
     <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
   </si>
   <si>
     <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
   </si>
   <si>
     <t>09/03/2023 00:00:00</t>
   </si>
@@ -161,179 +176,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
         <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>