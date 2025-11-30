--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -9,199 +9,583 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="E10" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>63</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>