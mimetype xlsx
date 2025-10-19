--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,532 +1,265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>20/08/2010 16:17:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...65 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2607794</t>
-  </si>
-[...40 lines deleted...]
-    <t>p_3457419</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -540,769 +273,199 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...64 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="H7" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="H8" t="s">
-        <v>58</v>
-[...503 lines deleted...]
-        <v>135</v>
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>