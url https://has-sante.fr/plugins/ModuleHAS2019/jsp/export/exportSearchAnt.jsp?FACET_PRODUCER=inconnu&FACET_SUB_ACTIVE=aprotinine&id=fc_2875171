--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/01/2004 16:52:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>