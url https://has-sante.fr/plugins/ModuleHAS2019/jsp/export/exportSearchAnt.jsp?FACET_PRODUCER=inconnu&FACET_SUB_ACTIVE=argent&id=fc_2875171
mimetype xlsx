--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,792 +1,2206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Tool to improve professi" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="387" uniqueCount="236">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ZENITH TX2 PROFORM - CNEDiMTS du 22 septembre 2009 (2199)</t>
+  </si>
+  <si>
+    <t>Endoprothèse aortique thoracique Vasculaire - Nouveau dispositif Absence de progrès thérapeutique par rapport à l’endoprothèse ZENITH TX2</t>
+  </si>
+  <si>
+    <t>22/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:36:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864999/fr/zenith-tx2-proform-cnedimts-du-22-septembre-2009-2199</t>
+  </si>
+  <si>
+    <t>c_864999</t>
+  </si>
+  <si>
+    <t>Cook France</t>
+  </si>
+  <si>
+    <t>Avis général des implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>Implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594620/fr/avis-general-des-implants-pour-traitement-de-l-incontinence-urinaire-et-des-implants-de-renfort-pour-traitement-du-prolapsus-des-organes-pelviens-de-la-femme</t>
+  </si>
+  <si>
+    <t>c_594620</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>HYDROFIBER AQUACEL AG</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
+  </si>
+  <si>
+    <t>c_398781</t>
+  </si>
+  <si>
+    <t>Laboratoire CONVATEC</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+    <t>Évaluation de la recherche des papillomavirus humains (HPV) en dépistage primaire des lésions précancéreuses et cancéreuses du col de l’utérus et de la place du double immuno-marquage p16/Ki67</t>
+  </si>
+  <si>
+    <t>Depuis l’arrêté du 4 mai 2018, le dépistage du cancer du col de l’utérus s’appuie sur un programme national de dépistage organisé (PNDO). Au regard de l’évolution du contexte de dépistage du CCU en France et de la disponibilité de nouvelles données scientifiques, la Direction Générale de la Santé a souhaité que la HAS évalue la place du test HPV ainsi que le recours au double immuno-marquage p16/Ki67 dans la stratégie de dépistage primaire des lésions précancéreuses et cancéreuses du CCU.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
+  </si>
+  <si>
+    <t>p_3352139</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Améliorer l’accompagnement des enfants à la sortie des dispositifs de protection de l’enfance : le retour en famille</t>
+  </si>
+  <si>
+    <t>Les mesures de protection de l’enfance sont par nature temporaires. Si les conditions de sécurité et de développement de l’enfant sont réunies, la décision d’un retour de l’enfant au domicile des parents s’impose. La HAS propose aux professionnels une démarche méthodologique et pratique pour accompagner le retour en famille des enfants.</t>
+  </si>
+  <si>
+    <t>22/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082358/fr/ameliorer-l-accompagnement-des-enfants-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-le-retour-en-famille</t>
+  </si>
+  <si>
+    <t>p_3082358</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Spécificités de l’accompagnement des adultes handicapés psychiques</t>
+  </si>
+  <si>
+    <t>Cette programmation répond aux profondes transformations engendrées par la loi n° 2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées », qui « reconnaît » le handicap psychique et a impulsé le développement ou la création de nouveaux dispositifs d’accompagnement dans le champ social et médico-social (les Savs, les Samsah, les résidences accueils, etc.).</t>
+  </si>
+  <si>
+    <t>18/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2015 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835191/fr/specificites-de-l-accompagnement-des-adultes-handicapes-psychiques</t>
+  </si>
+  <si>
+    <t>c_2835191</t>
+  </si>
+  <si>
+    <t>L’accompagnement des mineurs non accompagnés dits "Mineurs isolés étrangers (MNA)"</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été élaborées dans un contexte de forte augmentation du nombre de mineurs non accompagnés (MNA) accueillis au sein du dispositif français de protection de l’enfance.</t>
+  </si>
+  <si>
+    <t>07/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2018 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833668/fr/l-accompagnement-des-mineurs-non-accompagnes-dits-mineurs-isoles-etrangers-mna</t>
+  </si>
+  <si>
+    <t>c_2833668</t>
+  </si>
+  <si>
+    <t>Accompagner la fin de vie des personnes âgées à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations s’adressent aux professionnels d’aide et de soins intervenant à domicile. Elles ont pour objectif de les guider afin « d’accompagner la mort dans le grand âge de la façon la plus digne possible ». reposent sur les principes fondamentaux d’une démarche concourant à la bientraitance.</t>
+  </si>
+  <si>
+    <t>31/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/12/2017 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833702/fr/accompagner-la-fin-de-vie-des-personnes-agees-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2833702</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Surdité de l’enfant : accompagnement des familles et suivi de l’enfant de 0 à 6 ans, hors accompagnement scolaire</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les enfants, et leur famille, qui présentent une surdité bilatérale permanente, et dont le seuil auditif &gt; 40 dB HL peut entraîner des retards importants de développement du langage si l’environnement de l’enfant n’est pas très précocement adapté à ses besoins particuliers. L’objectif principal de ces recommandations est de favoriser l’accès au langage par l’enfant sourd au sein de sa famille, quelle que soit la langue choisie – français ou langue des signes française. Il s’agit de : - développer la communication et le langage et suivre leur évolution - informer et accompagner les parents - prévenir les éventuels troubles psychiques et relationnels de l’enfant - identifier les lieux d’accueil et d’accompagnement des familles et de suivi des enfants sourds</t>
+  </si>
+  <si>
+    <t>16/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
-[...2 lines deleted...]
-    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prévention et traitement des escarres de l’adulte et du sujet âgé</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
   </si>
   <si>
     <t>12/12/2001 00:00:00</t>
   </si>
   <si>
-    <t>11/01/2001 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
   </si>
   <si>
     <t>c_271996</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation des implants de renfort pour le traitement de l’incontinence urinaire d’effort féminine et du prolapsus des organes pelviens de la femme</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à l’évaluation du service rendu des différents implants de renfort utilisés dans le traitement de l’incontinence urinaire d’effort féminine et dans le prolapsus des organes pelviens. Cette révision propose une mise à jour des indications, des caractéristiques techniques et des conditions de prise en charge de ces implants.</t>
+  </si>
+  <si>
+    <t>04/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2007 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_701682/fr/evaluation-des-implants-de-renfort-pour-le-traitement-de-l-incontinence-urinaire-d-effort-feminine-et-du-prolapsus-des-organes-pelviens-de-la-femme</t>
+  </si>
+  <si>
+    <t>c_701682</t>
+  </si>
+  <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Calendar Event</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517592/en/replay-available-symposium-has-health-innovation-serving-people</t>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Regarder le replay - Colloque HAS « Santé, l'innovation au service des personnes »</t>
+  </si>
+  <si>
+    <t>02/12/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517592/fr/regarder-le-replay-colloque-has-sante-l-innovation-au-service-des-personnes</t>
   </si>
   <si>
     <t>p_3517592</t>
   </si>
   <si>
-    <t>Event</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 janvier 2019</t>
+  </si>
+  <si>
+    <t>07/02/2019 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903195/fr/ceesp-reunion-du-15-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2903195</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Point de vue des personnes accompagnées par les ESSMS</t>
+  </si>
+  <si>
+    <t>Ce document est le socle scientifique du programme de travail pluriannuel de la Haute Autorité de santé intitulé « Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent ».</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2025 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606889/fr/point-de-vue-des-personnes-accompagnees-par-les-essms</t>
+  </si>
+  <si>
+    <t>p_3606889</t>
+  </si>
+  <si>
+    <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
+  </si>
+  <si>
+    <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3201812/en/supporting-and-encouraging-public-engagement-in-social-and-health-care-organisations</t>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
   </si>
   <si>
     <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Participation des usagers dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>La Loi du 4 mars 2002 a étendu et généralisé la représentation des usagers dans les instances des établissements de santé, impulsée par les ordonnances de 1996 portant réforme hospitalière. La mise en place effective de la Commission des relations avec les usagers et de la qualité de la prise en charge (CRUQPC) en 2005 propose un cadre solide aux représentants des usagers afin de faire valoir leur point de vue sur la politique qualité de l’établissement.</t>
+  </si>
+  <si>
+    <t>14/09/2012 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1293689/fr/participation-des-usagers-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1293689</t>
+  </si>
+  <si>
+    <t>Syndrome fibromyalgique de l'adulte</t>
+  </si>
+  <si>
+    <t>Rédigé par la HAS à la demande du Ministère de la santé, ce rapport d'orientation fait un état des lieux des données disponibles (hors sciences fondamentales) concernant le syndrome fibromyalgique de l’adulte et propose des orientations aux professionnels de santé pour prendre en charge les personnes qui en souffrent. Ce rapport d'orientation repose sur une analyse des recommandations étrangères existantes et sur les résultats d’enquêtes qui dessinent les contours de la réalité de ce syndrome en France.</t>
+  </si>
+  <si>
+    <t>25/10/2010 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993899/fr/syndrome-fibromyalgique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_993899</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
-        <v>21</v>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="H3" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="D2" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>65</v>
+      </c>
+      <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H4" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E6" t="s">
+        <v>78</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>79</v>
+      </c>
+      <c r="H6" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>81</v>
+      </c>
+      <c r="C7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D7" t="s">
+        <v>83</v>
+      </c>
+      <c r="E7" t="s">
+        <v>84</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>85</v>
+      </c>
+      <c r="H7" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D8" t="s">
+        <v>89</v>
+      </c>
+      <c r="E8" t="s">
+        <v>90</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>91</v>
+      </c>
+      <c r="H8" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>93</v>
+      </c>
+      <c r="C9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D9" t="s">
+        <v>95</v>
+      </c>
+      <c r="E9" t="s">
+        <v>96</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>97</v>
+      </c>
+      <c r="H9" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>99</v>
+      </c>
+      <c r="C10" t="s">
+        <v>100</v>
+      </c>
+      <c r="D10" t="s">
+        <v>101</v>
+      </c>
+      <c r="E10" t="s">
+        <v>102</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H10" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C11" t="s">
+        <v>106</v>
+      </c>
+      <c r="D11" t="s">
+        <v>107</v>
+      </c>
+      <c r="E11" t="s">
+        <v>108</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>109</v>
+      </c>
+      <c r="H11" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>111</v>
+      </c>
+      <c r="C12" t="s">
+        <v>112</v>
+      </c>
+      <c r="D12" t="s">
+        <v>113</v>
+      </c>
+      <c r="E12" t="s">
+        <v>114</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>115</v>
+      </c>
+      <c r="H12" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" t="s">
+        <v>117</v>
+      </c>
+      <c r="C13" t="s">
+        <v>118</v>
+      </c>
+      <c r="D13" t="s">
+        <v>119</v>
+      </c>
+      <c r="E13" t="s">
+        <v>120</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>121</v>
+      </c>
+      <c r="H13" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C14" t="s">
+        <v>124</v>
+      </c>
+      <c r="D14" t="s">
+        <v>125</v>
+      </c>
+      <c r="E14" t="s">
+        <v>126</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>127</v>
+      </c>
+      <c r="H14" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>129</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>130</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>131</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>133</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>134</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B3" t="s">
+        <v>135</v>
+      </c>
+      <c r="C3" t="s">
+        <v>136</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>142</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>143</v>
+      </c>
+      <c r="H4" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>129</v>
+      </c>
+      <c r="B5" t="s">
+        <v>145</v>
+      </c>
+      <c r="C5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D5" t="s">
+        <v>147</v>
+      </c>
+      <c r="E5" t="s">
+        <v>148</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>149</v>
+      </c>
+      <c r="H5" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>55</v>
+        <v>151</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>152</v>
       </c>
       <c r="C2" t="s">
-        <v>57</v>
+        <v>153</v>
       </c>
       <c r="D2" t="s">
-        <v>58</v>
+        <v>154</v>
       </c>
       <c r="E2" t="s">
-        <v>59</v>
+        <v>155</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>60</v>
+        <v>156</v>
       </c>
       <c r="H2" t="s">
-        <v>61</v>
+        <v>157</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>151</v>
+      </c>
+      <c r="B3" t="s">
+        <v>158</v>
+      </c>
+      <c r="C3" t="s">
+        <v>159</v>
+      </c>
+      <c r="D3" t="s">
+        <v>160</v>
+      </c>
+      <c r="E3" t="s">
+        <v>161</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>162</v>
+      </c>
+      <c r="H3" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C4" t="s">
+        <v>165</v>
+      </c>
+      <c r="D4" t="s">
+        <v>160</v>
+      </c>
+      <c r="E4" t="s">
+        <v>161</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>166</v>
+      </c>
+      <c r="H4" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>151</v>
+      </c>
+      <c r="B5" t="s">
+        <v>168</v>
+      </c>
+      <c r="C5" t="s">
+        <v>169</v>
+      </c>
+      <c r="D5" t="s">
+        <v>170</v>
+      </c>
+      <c r="E5" t="s">
+        <v>171</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>172</v>
+      </c>
+      <c r="H5" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B6" t="s">
+        <v>174</v>
+      </c>
+      <c r="C6" t="s">
+        <v>175</v>
+      </c>
+      <c r="D6" t="s">
+        <v>176</v>
+      </c>
+      <c r="E6" t="s">
+        <v>177</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>178</v>
+      </c>
+      <c r="H6" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>180</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>62</v>
+        <v>181</v>
       </c>
       <c r="B2" t="s">
-        <v>63</v>
+        <v>182</v>
       </c>
       <c r="C2" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>65</v>
+        <v>183</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>66</v>
+        <v>184</v>
       </c>
       <c r="H2" t="s">
-        <v>67</v>
+        <v>185</v>
+      </c>
+      <c r="I2" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>189</v>
+      </c>
+      <c r="H3" t="s">
+        <v>190</v>
+      </c>
+      <c r="I3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>192</v>
+      </c>
+      <c r="B2" t="s">
+        <v>193</v>
+      </c>
+      <c r="C2" t="s">
+        <v>194</v>
+      </c>
+      <c r="D2" t="s">
+        <v>195</v>
+      </c>
+      <c r="E2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>197</v>
+      </c>
+      <c r="H2" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>192</v>
+      </c>
+      <c r="B3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C3" t="s">
+        <v>200</v>
+      </c>
+      <c r="D3" t="s">
+        <v>201</v>
+      </c>
+      <c r="E3" t="s">
+        <v>202</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>203</v>
+      </c>
+      <c r="H3" t="s">
+        <v>204</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>205</v>
+      </c>
+      <c r="B2" t="s">
+        <v>206</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>207</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>208</v>
+      </c>
+      <c r="H2" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>205</v>
+      </c>
+      <c r="B3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C3" t="s">
+        <v>211</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>213</v>
+      </c>
+      <c r="H3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>215</v>
+      </c>
+      <c r="B2" t="s">
+        <v>216</v>
+      </c>
+      <c r="C2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>218</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>219</v>
+      </c>
+      <c r="H2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C3" t="s">
+        <v>222</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>223</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>224</v>
+      </c>
+      <c r="H3" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>215</v>
+      </c>
+      <c r="B4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C4" t="s">
+        <v>227</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>228</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>229</v>
+      </c>
+      <c r="H4" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>215</v>
+      </c>
+      <c r="B5" t="s">
+        <v>231</v>
+      </c>
+      <c r="C5" t="s">
+        <v>232</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>233</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>234</v>
+      </c>
+      <c r="H5" t="s">
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>