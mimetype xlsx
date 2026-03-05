--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -33,98 +33,119 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="387" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="397" uniqueCount="243">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>TRICLIP G4</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2025 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633260/fr/triclip-g4</t>
+  </si>
+  <si>
+    <t>p_3633260</t>
+  </si>
+  <si>
+    <t>Clip de réparation tricuspide bord à bord</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS (France)</t>
+  </si>
+  <si>
     <t>ZENITH TX2 PROFORM - CNEDiMTS du 22 septembre 2009 (2199)</t>
   </si>
   <si>
     <t>Endoprothèse aortique thoracique Vasculaire - Nouveau dispositif Absence de progrès thérapeutique par rapport à l’endoprothèse ZENITH TX2</t>
   </si>
   <si>
     <t>22/09/2009 00:00:00</t>
   </si>
   <si>
     <t>15/10/2009 17:36:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_864999/fr/zenith-tx2-proform-cnedimts-du-22-septembre-2009-2199</t>
   </si>
   <si>
     <t>c_864999</t>
   </si>
   <si>
     <t>Cook France</t>
   </si>
   <si>
     <t>Avis général des implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
   </si>
   <si>
     <t>Implants pour traitement de l'incontinence urinaire et des implants de renfort pour traitement du prolapsus des organes pelviens de la femme</t>
   </si>
   <si>
     <t>11/07/2007 00:00:00</t>
   </si>
   <si>
     <t>11/07/2007 11:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_594620/fr/avis-general-des-implants-pour-traitement-de-l-incontinence-urinaire-et-des-implants-de-renfort-pour-traitement-du-prolapsus-des-organes-pelviens-de-la-femme</t>
   </si>
@@ -791,51 +812,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -846,1361 +867,1393 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>16</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>21</v>
       </c>
       <c r="E3" t="s">
         <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="J3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>30</v>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="C2" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D2" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C3" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="B4" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="E4" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="H4" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="D2" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E2" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="H2" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C3" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="D3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="E3" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B4" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="E4" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="H4" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C5" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="D5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="E5" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="H5" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C6" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="E6" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="H6" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="C7" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="D7" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="H7" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="C8" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="D8" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="E8" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="H8" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B9" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="C9" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="D9" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="E9" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="H9" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="C10" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="D10" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="E10" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="H10" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B11" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="C11" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="D11" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="E11" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="H11" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="C12" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="D12" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="E12" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="H12" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="C13" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="D13" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="E13" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="H13" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="C14" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="D14" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="E14" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="H14" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B2" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C2" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="H2" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B3" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="C3" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="H3" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B4" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="C4" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="H4" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B5" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="C5" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="D5" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="E5" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="H5" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B2" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="C2" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="D2" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="E2" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="H2" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B3" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C3" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="D3" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="E3" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="H3" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B4" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="C4" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="D4" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="E4" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="H4" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B5" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C5" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D5" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="E5" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="H5" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="B6" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="C6" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="D6" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="E6" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="H6" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="H2" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="I2" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="B3" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="H3" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="I3" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="B2" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C2" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="D2" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="E2" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="H2" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="B3" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="C3" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="D3" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="E3" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="H3" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="B2" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="H2" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="B3" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="C3" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="H3" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="B2" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="C2" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="H2" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="B3" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="C3" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="H3" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="B4" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="C4" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="H4" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="B5" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C5" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="H5" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>