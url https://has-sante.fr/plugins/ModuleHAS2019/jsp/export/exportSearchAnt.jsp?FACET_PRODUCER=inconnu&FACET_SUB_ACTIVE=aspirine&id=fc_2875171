--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,83 +9,104 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
     <t>Practice guidelines</t>
   </si>
   <si>
     <t>Rheumatoid arthritis - Diagnosis and initial management</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>05/27/2009 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
     <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
   </si>
   <si>
     <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
   </si>
   <si>
     <t>05/01/2004 00:00:00</t>
   </si>
   <si>
     <t>05/03/2004 17:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
   </si>
@@ -170,205 +191,231 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
         <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>34</v>
       </c>
-      <c r="F6" t="s">
-[...6 lines deleted...]
-        <v>36</v>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>