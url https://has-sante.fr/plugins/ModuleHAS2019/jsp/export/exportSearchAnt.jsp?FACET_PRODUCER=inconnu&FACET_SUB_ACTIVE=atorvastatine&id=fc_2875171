--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,101 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>
   <si>
     <t>c_1252051</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
   </si>
   <si>
     <t>22/06/2017 16:24:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
   </si>
   <si>
     <t>c_2776017</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
   </si>
   <si>
     <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
   </si>
@@ -143,153 +158,179 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>