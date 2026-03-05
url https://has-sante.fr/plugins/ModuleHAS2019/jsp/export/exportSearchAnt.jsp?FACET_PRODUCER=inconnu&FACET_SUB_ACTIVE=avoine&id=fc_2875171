--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -9,86 +9,101 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
   </si>
   <si>
     <t>p_3390524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -104,51 +119,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +177,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>