--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,113 +9,251 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>10/18/2017 16:24:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -125,127 +263,335 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>