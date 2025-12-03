--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,204 +1,431 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2000 00:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>