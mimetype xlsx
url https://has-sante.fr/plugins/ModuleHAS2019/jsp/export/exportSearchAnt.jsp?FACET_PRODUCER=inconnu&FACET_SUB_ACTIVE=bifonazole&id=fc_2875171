--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>