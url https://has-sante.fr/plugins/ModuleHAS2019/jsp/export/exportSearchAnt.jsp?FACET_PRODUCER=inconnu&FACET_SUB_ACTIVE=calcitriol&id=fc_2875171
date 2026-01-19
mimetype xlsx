--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,128 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/11/2021 12:50:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -140,153 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>