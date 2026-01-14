--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,149 +9,299 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>La notification au(x) partenaire(s)</t>
+  </si>
+  <si>
+    <t>Suite à la publication par le Conseil national du sida et des hépatites virales (CNS) d’un avis suivi de recommandations sur la notification aux partenaires (NP) en février 2018, la Direction générale de la santé (DGS) a demandé à la HAS d’élaborer des recommandations pour préciser les objectifs et les conditions de réalisation de l’accompagnement à la NP. Cette demande s’inscrit également dans la Stratégie nationale de santé sexuelle 2017-2030.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2023 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187510/fr/la-notification-au-x-partenaire-s</t>
+  </si>
+  <si>
+    <t>p_3187510</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
+  </si>
+  <si>
+    <t>p_3321070</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +315,251 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>56</v>
+      </c>
+      <c r="E9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>62</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" t="s">
+        <v>65</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>