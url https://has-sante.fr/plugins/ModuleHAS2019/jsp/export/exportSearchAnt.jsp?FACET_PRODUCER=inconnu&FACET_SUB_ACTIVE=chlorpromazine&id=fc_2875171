--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,149 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>09/02/2024 08:27:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -161,51 +122,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -221,119 +182,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
-[...51 lines deleted...]
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>