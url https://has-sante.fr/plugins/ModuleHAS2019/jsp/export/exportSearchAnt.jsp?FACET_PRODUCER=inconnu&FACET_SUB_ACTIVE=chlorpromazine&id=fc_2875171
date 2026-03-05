--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -9,110 +9,131 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -122,51 +143,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -182,67 +203,93 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>