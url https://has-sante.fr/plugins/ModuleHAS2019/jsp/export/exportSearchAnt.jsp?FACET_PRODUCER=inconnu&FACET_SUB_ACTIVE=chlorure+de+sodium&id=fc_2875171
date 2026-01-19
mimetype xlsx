--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="116">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="121">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -96,50 +96,65 @@
     <t>https://www.has-sante.fr/jcms/c_2030383/fr/synvisc-one</t>
   </si>
   <si>
     <t>c_2030383</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
     <t>27/05/2008 00:00:00</t>
   </si>
   <si>
     <t>27/05/2008 10:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_674403/fr/synvisc-one</t>
   </si>
   <si>
     <t>c_674403</t>
   </si>
   <si>
     <t>GENZYME SAS France</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Syndrome de Gitelman</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
   </si>
   <si>
     <t>p_3392050</t>
   </si>
   <si>
     <t>Lithiase urinaire de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
@@ -529,51 +544,51 @@
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -611,503 +626,529 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>24</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
         <v>32</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3" t="s">
         <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="C4" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D4" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E4" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="H4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C5" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="D5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H5" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D6" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E6" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="D2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="E2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="H2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="H3" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="D4" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="E4" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="H4" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="E2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="E3" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="H3" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B4" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C4" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D4" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="E4" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B5" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C5" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="E5" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="H5" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B6" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C6" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="D6" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="E6" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="H6" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>