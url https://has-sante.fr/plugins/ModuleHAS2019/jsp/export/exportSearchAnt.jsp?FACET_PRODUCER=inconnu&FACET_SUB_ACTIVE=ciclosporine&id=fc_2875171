--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,248 +1,1063 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="108">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Aplasies Utero-Vaginales - Syndrome de Mayer-Rokitansky-Kuster-Hauser</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte du syndrome de Mayer-Rokitanski-Kuster-Hauser (MRKH). Il a été élaboré par le Centre de Référence des Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300390/fr/aplasies-utero-vaginales-syndrome-de-mayer-rokitansky-kuster-hauser</t>
+  </si>
+  <si>
+    <t>p_3300390</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 Aout 2022</t>
+  </si>
+  <si>
+    <t>02/09/2022 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361371/fr/commission-de-la-transparence-reunion-du-31-aout-2022</t>
+  </si>
+  <si>
+    <t>p_3361371</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D2" t="s">
+        <v>58</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>64</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D4" t="s">
+        <v>70</v>
+      </c>
+      <c r="E4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>72</v>
+      </c>
+      <c r="H4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>76</v>
+      </c>
+      <c r="H5" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>78</v>
+      </c>
+      <c r="C6" t="s">
+        <v>79</v>
+      </c>
+      <c r="D6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E6" t="s">
+        <v>81</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>82</v>
+      </c>
+      <c r="H6" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>89</v>
+      </c>
+      <c r="H2" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B3" t="s">
+        <v>91</v>
+      </c>
+      <c r="C3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D3" t="s">
+        <v>93</v>
+      </c>
+      <c r="E3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>95</v>
+      </c>
+      <c r="H3" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+      <c r="I2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>106</v>
+      </c>
+      <c r="H3" t="s">
+        <v>107</v>
+      </c>
+      <c r="I3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>