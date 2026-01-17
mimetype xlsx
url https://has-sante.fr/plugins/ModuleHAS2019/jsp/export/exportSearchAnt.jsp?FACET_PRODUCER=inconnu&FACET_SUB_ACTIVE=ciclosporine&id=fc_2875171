--- v1 (2025-12-03)
+++ v2 (2026-01-17)
@@ -18,86 +18,101 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="113">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
   </si>
   <si>
     <t>p_3563488</t>
   </si>
@@ -392,51 +407,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -539,77 +554,77 @@
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>33</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
         <v>36</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>42</v>
       </c>
       <c r="D8" t="s">
@@ -620,444 +635,470 @@
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>46</v>
       </c>
       <c r="C9" t="s">
         <v>47</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>53</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H11" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C4" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E4" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="H4" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="H5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C6" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D6" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="E6" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H6" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="E2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="H2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B3" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="H3" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="H2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="I2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="H3" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="I3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>