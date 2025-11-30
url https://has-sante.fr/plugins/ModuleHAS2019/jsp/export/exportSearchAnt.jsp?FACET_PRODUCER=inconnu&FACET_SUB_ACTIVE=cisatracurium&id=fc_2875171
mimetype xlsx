--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>15/06/2023 16:56:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
+  </si>
+  <si>
+    <t>Objectifs Defining patients at risk for PICS Diagnose these patients Early and long-term management of PICS Improving care pathways Develop documents for the patient, their family or those close to them in order to alert them to this post-resuscitation syndrome and to support them in its treatment by referring them to healthcare professionals trained in this syndrome.</t>
+  </si>
+  <si>
+    <t>05/17/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2023 16:56:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3312530/fr/diagnostic-et-prise-en-charge-des-patients-adultes-avec-un-syndrome-post-reanimation-pics-et-de-leur-entourage</t>
+    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
   </si>
   <si>
     <t>p_3312530</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>