--- v0 (2025-10-16)
+++ v1 (2026-03-01)
@@ -9,199 +9,416 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
-[...2 lines deleted...]
-    <t>c_953959</t>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>