--- v0 (2025-10-19)
+++ v1 (2026-01-14)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>23/01/2025 00:00:00</t>
   </si>
   <si>
     <t>29/01/2025 08:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
   </si>
   <si>
     <t>p_3586490</t>
   </si>
@@ -221,257 +239,283 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>31</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>37</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>39</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>42</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>44</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>46</v>
       </c>
       <c r="H7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
         <v>48</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>49</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>52</v>
       </c>
       <c r="H8" t="s">
         <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" t="s">
+        <v>56</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>