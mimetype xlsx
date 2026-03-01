--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -9,513 +9,290 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 11:04:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2770361</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      <c r="A5" t="s">
         <v>28</v>
-      </c>
-[...123 lines deleted...]
-        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>