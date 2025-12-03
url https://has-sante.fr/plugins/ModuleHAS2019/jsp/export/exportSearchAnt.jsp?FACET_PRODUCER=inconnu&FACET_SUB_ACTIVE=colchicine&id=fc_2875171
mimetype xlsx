--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,116 +9,167 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -212,43 +263,121 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>